--- v0 (2025-12-12)
+++ v1 (2026-02-20)
@@ -1,6922 +1,6903 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="000B729A">
+    <w:p w14:paraId="54EBE615" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="00221817">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc120708875"/>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>MDA’র</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>নাম</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>: …………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="000B729A">
+    <w:p w14:paraId="78E68A65" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="00221817">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>অভ্যন্তরীণ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>নিরীক্ষা</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>ইউনিট</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="000B729A">
+    <w:p w14:paraId="3F582B91" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="00221817">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="1800" w:firstLine="0"/>
+        <w:ind w:left="1800"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="000B729A">
+    <w:p w14:paraId="348C42A7" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="00221817">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="0" w:firstLine="84"/>
+        <w:ind w:firstLine="84"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc144989382"/>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>ফর্ম</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> ২৪: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>বর্তমান</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>ফাইল</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="000B729A">
+    <w:p w14:paraId="03E5C681" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="00221817">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="1800" w:firstLine="0"/>
+        <w:ind w:left="1800"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="000B729A">
+    <w:p w14:paraId="20FD016E" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="00221817">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="252" w:lineRule="exact"/>
         <w:ind w:left="665"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>অফিস</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>প্রকল্পের</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>নাম</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EE426D">
+      <w:r w:rsidRPr="00AB10D1">
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4830" w:type="pct"/>
+        <w:tblW w:w="4531" w:type="pct"/>
         <w:tblInd w:w="625" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="820"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1356"/>
+        <w:gridCol w:w="821"/>
+        <w:gridCol w:w="7853"/>
+        <w:gridCol w:w="1455"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="512"/>
+        <w:gridCol w:w="582"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="0DB495B4" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="506"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcW w:w="350" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+          <w:p w14:paraId="252CA624" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নং</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
+            <w:tcW w:w="3346" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+          <w:p w14:paraId="3CEE6A00" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                             </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নথিপত্র</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
+            <w:tcW w:w="620" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+          <w:p w14:paraId="21656150" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="177" w:right="159" w:firstLine="36"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>পৃষ্ঠা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সংখ্যা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="952" w:type="pct"/>
+            <w:tcW w:w="684" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+          <w:p w14:paraId="4952EF56" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="290" w:right="261" w:firstLine="182"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>প্রতিনির্দেশ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="1E45342A" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+          <w:p w14:paraId="63DFDD99" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="5580"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                                               </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>পরিকল্পনা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>পর্যায়</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="072D5ECB" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FEEF337" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>১</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF57B84" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  Engagement</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> l</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>etter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20905E6E" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D8375F4" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1751033C" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F5D65D" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="212A6A50" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="402"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="729A3D47" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>২</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="222DBB17" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>বার্ষিক</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অভ্যন্তরীণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নিরীক্ষা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>পরিকল্পনা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(ফর্ম-১১)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F6F2338" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A6E838" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F27941F" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6A32C4" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="4A39BA5E" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="733D421F" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>৩</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="101E8EE8" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>কার্যপদ্ধতি</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>বোঝা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(ফর্ম-১২)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5D26A1" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="339FF237" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A1BE80C" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA1D373" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="130B24AD" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23AF8EF4" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>৪</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="210BE236" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>উল্লেখযোগ্য</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>কার্যপদ্ধতি</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>বিশ্লেষণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF1F49A" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6041A09E" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50BBC416" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5E4F0A" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="01858C48" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8AC5DC" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>৫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD54790" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সম্পাদিত</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>উল্লেখযোগ্য</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>কার্যক্রম</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>বিশ্লেষণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ফর্ম</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> -১৩)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74273374" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EEDE8AC" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2803C7F5" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="341AC1B2" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="3F426605" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcW w:w="350" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+          <w:p w14:paraId="7B63459F" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>৬</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
+            <w:tcW w:w="3346" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+          <w:p w14:paraId="2A72F00E" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অন্তর্নিহিত</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ঝুঁকি</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>মূল্যায়ন</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
+            <w:tcW w:w="620" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
-[...15 lines deleted...]
-            <w:tcW w:w="205" w:type="pct"/>
+          <w:p w14:paraId="167021E1" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
-[...15 lines deleted...]
-            <w:tcW w:w="205" w:type="pct"/>
+          <w:p w14:paraId="66D07194" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
-[...15 lines deleted...]
-            <w:tcW w:w="543" w:type="pct"/>
+          <w:p w14:paraId="65A2277C" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="18D1AF65" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="37658B88" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7150ADB9" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>৭</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F257F3A" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অন্তর্নিহিত</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ঝুঁকি</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>মূল্যায়ন</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ম্যাট্রিক্স</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8EB900" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5C022E" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CC55A3" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07FE072A" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="3E3DB3FC" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA6BFDD" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>৮</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="111B6ADD" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অন্তর্নিহিত</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ঝুঁকির</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>বিবরণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>এবং</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Rank </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(ফর্ম-১৪)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63DF5123" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0938960B" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE0CDCE" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D443F4F" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="4D54A9B5" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="602E8ECE" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>৯</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="752960E1" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অভ্যন্তরীণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নিয়ন্ত্রণের</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>মূল্যায়ন</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>এবং</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অবশিষ্ট</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ঝুঁকির</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>মূল্যায়ন</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F769518" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13428F37" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7CEE1E" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02C7FD7F" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="06FD2C35" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43FF63EA" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>১০</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A8ECB6" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অভ্যন্তরীণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নিয়ন্ত্রণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>এবং</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অবশিষ্ট</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ঝুঁকি</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>মূল্যায়ন</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ম্যাট্রিক্স</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="668DE0C0" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF40F66" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFF9A3E" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44CCFC70" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="59AAB6DD" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3995A6BA" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>১১</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D29ED43" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অবশিষ্ট</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ঝুঁকি</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>এবং</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নিরীক্ষা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সূচী</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(ফর্ম-১৫)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7FE5F4" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21A5877A" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="664B11E2" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F9FEA4" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="25E6668A" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05361B99" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>১২</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CD71DC" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অভ্যন্তরীণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নিরীক্ষা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>পরিকল্পনার</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>প্রণয়ন</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ও </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অনুমোদন</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F95BE04" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA78907" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C40A8D5" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3799E4AC" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="14F9225F" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F87DA0" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>১৩</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F80D28" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অভ্যন্তরীণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নিরীক্ষা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>পরিকল্পনা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(ফর্ম-১৬)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="041DB3EB" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="028BDF92" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B0C830F" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0CB7EF" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="1D4E01BD" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A8421F" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>১৪</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35FD6E2A" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-144"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অন্যান্য</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>পরিকল্পনা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ফর্ম</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5677FEFF" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="547E7040" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A52B82" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0882CF0E" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="682983C3" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
-          <w:trHeight w:val="1097"/>
+          <w:trHeight w:val="321"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+          <w:p w14:paraId="54A5653C" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="5522" w:right="5519"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নিরীক্ষা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সম্পাদন</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>পর্যায়</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="1407C7C7" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB0CF4C" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="380"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>১৫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="690D48F6" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সূচনা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সভা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(ফর্ম-১৭)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB4E19B" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3FC1C9" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BFA2AFD" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37500620" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="75C8DF3C" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0987E215" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="380"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>১৬</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF8E95D" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নিরীক্ষা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সম্পাদনের</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সময়</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সংগৃহীত</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নথি</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="341D754B" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69299649" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7758C4" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C9546C6" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="1F5EE2A3" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="362901AD" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="380"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>১৭</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E320D82" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নিরীক্ষা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>কার্যক্রমের</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সাথে</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সম্পর্কিত</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নথি</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সংগ্রহ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="413D0EE4" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E71126C" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DCB205" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A63C29" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="2FD22D2B" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="162956B7" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="380"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>১৮</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF0799B" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নিরীক্ষা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সম্পাদন</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>কাজের</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>কাগজ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ফর্ম</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> -১৮)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="067601F5" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7835D4E4" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44351435" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="435505F4" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="190B0E56" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+          <w:p w14:paraId="2D1BA80F" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="5522" w:right="5518"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>রিপোর্টিং</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>পর্যায়</w:t>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="2"/>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="27A1D8EF" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5831A646" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="380"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>১৯</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C4ABA4" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>খসড়া</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অভ্যন্তরীণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নিরীক্ষা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>প্রতিবেদন</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(ফর্ম-১৯)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF96EBF" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E1A69C2" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1657FF30" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E58165" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="3FDA962D" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="070C091E" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="380"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>২০</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C67187" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সমাপনী</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সভা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(ফর্ম-২০)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFE39A3" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F5E3C8" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="093020AA" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1661C54B" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="0E1C5098" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC02493" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="380"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>২১</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4947E847" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সমাপনী</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সভায়</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>প্রাপ্ত</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নথি</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A6D391" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="290F5178" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB542BB" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03CDED7C" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="4026B625" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F4C8094" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="380"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>২২</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64ED91CB" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সমাপনী</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সভার</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>পর</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ডকুমেন্ট</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>হালনাগাদকরণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08FF0579" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A819593" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1853FF19" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="696E1BA0" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="11D91AE1" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28268E4C" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="380"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>২৩</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2DBFD1" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অভ্যন্তরীণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নিরীক্ষা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>প্রতিবেদন</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>জারীকরণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(ফর্ম-২১)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78249654" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA819D0" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F31FCD" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6717A9C7" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="107B58A8" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+          <w:p w14:paraId="50E8DD37" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="5522" w:right="5513"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ফলো-আপ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>পর্যায়</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="5C434C03" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6704D80E" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="380"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>২৪</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE185AD" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ম্যানেজার</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>দ্বারা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>জমা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>দেওয়া</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>মন্তব্য</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>এবং</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>প্রমাণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49D2099A" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C724ED" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07E0529F" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43CE4BEB" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="06C89825" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC80089" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="380"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>২৫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC93B65" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ফলো-আপের</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অনুরোধ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>এবং</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ম্যানেজারের</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>দ্বারা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>দাখিল</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>করা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সাক্ষ্য-প্রমাণ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ফলো-আপের</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>জন্য</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>উন্মুক্ত</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25F8714D" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="471F681F" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AEA3C3D" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2715B4DF" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="7B59D46B" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+          <w:p w14:paraId="588181B5" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="5522" w:right="4771"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>তথ্যের</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সফট</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>কপি</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সমস্ত</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>পর্যায়ে</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সম্পর্কিত</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>যদি</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>থাকে</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidTr="00EE426D">
+      <w:tr w:rsidR="00221817" w:rsidRPr="00AB10D1" w14:paraId="1D275C03" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="328" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="350" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4036FAA4" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="380"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>২৬</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3139" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="001A612A">
+            <w:tcW w:w="3346" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="183A4377" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="107"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সফ‌ট</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>কপি</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>কম্পিউটারে</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সংরক্ষিত</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>তথ্য</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE426D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>কম্পিউটার</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>এবং</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নথির</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EE426D">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অবস্থান</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="pct"/>
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3AF690" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0711ACFC" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C25FBA4" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68338FFA" w14:textId="77777777" w:rsidR="00221817" w:rsidRPr="00AB10D1" w:rsidRDefault="00221817" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000B729A" w:rsidRPr="00EE426D" w:rsidRDefault="000B729A" w:rsidP="000B729A">
-[...21 lines deleted...]
-    <w:sectPr w:rsidR="00402112" w:rsidRPr="00EE426D" w:rsidSect="000B729A">
+    <w:p w14:paraId="363C9749" w14:textId="77777777" w:rsidR="00B467BC" w:rsidRDefault="00B467BC"/>
+    <w:sectPr w:rsidR="00B467BC" w:rsidSect="00221817">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Nirmala UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80FF8023" w:usb1="0200004A" w:usb2="00000200" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Shonar Bangla">
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00010003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DF74F7"/>
-    <w:rsid w:val="000B729A"/>
+    <w:rsidRoot w:val="00221817"/>
+    <w:rsid w:val="00221817"/>
+    <w:rsid w:val="003D2C49"/>
+    <w:rsid w:val="00463337"/>
+    <w:rsid w:val="00B467BC"/>
     <w:rsid w:val="00C803CD"/>
     <w:rsid w:val="00D45368"/>
-    <w:rsid w:val="00DF74F7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F425B8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="41B8AD69"/>
+  <w14:docId w14:val="6DBF94B7"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{6178F3C1-CC78-45CD-BE26-38504EA8AF05}"/>
+  <w15:docId w15:val="{DA9ED5CB-5540-4556-9939-AAE0B3AAEE01}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7244,144 +7225,638 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000B729A"/>
+    <w:rsid w:val="00221817"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00221817"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="000B729A"/>
+    <w:rsid w:val="00221817"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00221817"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00221817"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00221817"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00221817"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00221817"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00221817"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00221817"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00221817"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="000B729A"/>
+    <w:rsid w:val="00221817"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00221817"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00221817"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00221817"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00221817"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00221817"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00221817"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00221817"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00221817"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00221817"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00221817"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00221817"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00221817"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:line="278" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00221817"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="000B729A"/>
+    <w:rsid w:val="00221817"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-      <w:ind w:left="1296" w:hanging="361"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00221817"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00221817"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360" w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00221817"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00221817"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -7390,118 +7865,152 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -7613,54 +8122,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>266</Words>
+  <Words>265</Words>
   <Characters>1517</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1780</CharactersWithSpaces>
+  <CharactersWithSpaces>1779</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hussain Ahamed Anik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>