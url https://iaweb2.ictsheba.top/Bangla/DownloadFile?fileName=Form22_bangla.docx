--- v0 (2025-12-12)
+++ v1 (2026-02-20)
@@ -1,3767 +1,3125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="00B33E8A">
+    <w:p w14:paraId="6DDCB8CA" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="000A2F7D" w:rsidRDefault="00A516E0" w:rsidP="00A516E0">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc120708873"/>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C079B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="000A2F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>MDA’র</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C079B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="000A2F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C079B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="000A2F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>নাম</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C079B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="000A2F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>: …………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="00B33E8A">
+    <w:p w14:paraId="5FD14831" w14:textId="39B6F453" w:rsidR="00A516E0" w:rsidRPr="00A516E0" w:rsidRDefault="00A516E0" w:rsidP="00A516E0">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C079B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="000A2F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>অভ্যন্তরীণ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C079B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="000A2F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C079B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="000A2F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>নিরীক্ষা</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C079B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="000A2F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C079B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="000A2F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>ইউনিট</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="00B33E8A">
-[...13 lines deleted...]
-    <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="00B33E8A">
+    <w:p w14:paraId="7ACB6C98" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00060A89" w:rsidRDefault="00A516E0" w:rsidP="00A516E0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="0" w:firstLine="84"/>
+        <w:spacing w:before="10"/>
+        <w:ind w:firstLine="84"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc144989380"/>
-      <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00060A89">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve">ফর্ম </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00060A89">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve">২২: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00060A89">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-        <w:t>মাসের ফলো-আপ প্রতিবেদন</w:t>
+        <w:t xml:space="preserve">মাসের ফলো-আপ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060A89">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>প্রতিবেদন</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="00B33E8A">
+    <w:p w14:paraId="6911F987" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="003E54E7" w:rsidRDefault="00A516E0" w:rsidP="00A516E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="466"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C079B2">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="003E54E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-        <w:t>প্রথম অংশ: ফলো-আপ স্ট্যাটাসের সারাংশ</w:t>
+        <w:t>ফলো-আপ স্ট্যাটাসের সারাংশ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4644" w:type="pct"/>
+        <w:tblW w:w="4662" w:type="pct"/>
         <w:tblInd w:w="535" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="658"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="873"/>
+        <w:gridCol w:w="710"/>
+        <w:gridCol w:w="1579"/>
+        <w:gridCol w:w="1337"/>
+        <w:gridCol w:w="1106"/>
+        <w:gridCol w:w="1262"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="1181"/>
+        <w:gridCol w:w="869"/>
+        <w:gridCol w:w="1103"/>
+        <w:gridCol w:w="866"/>
+        <w:gridCol w:w="1103"/>
+        <w:gridCol w:w="944"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidTr="001A612A">
+      <w:tr w:rsidR="00A516E0" w:rsidRPr="00A0357E" w14:paraId="2F0B569C" w14:textId="77777777" w:rsidTr="005B62C3">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="17"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="273" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:p w14:paraId="719EA90D" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EC83EF9" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="268"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1324BBFD" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="268"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নং</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="034C912F" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="170" w:right="156" w:firstLine="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>সুপারিশ বাস্তবায়নে</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
-              <w:t>দায়িত্বপ্রাপ্ত অফিস/কর্মকর্তার নাম</w:t>
+              <w:t>দায়িত্বপ্রাপ্ত</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> অফিস/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+              <w:t>কর্মকর্তার</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> নাম</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4120" w:type="pct"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="2B6A7B5D" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="4090"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>সুপারিশের সংখ্যা এবং টাকা</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidTr="001A612A">
+      <w:tr w:rsidR="00A516E0" w:rsidRPr="00A0357E" w14:paraId="50B58F3B" w14:textId="77777777" w:rsidTr="005B62C3">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="17"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="273" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="61067583" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="4FD7106F" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="939" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="089E571B" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="597" w:right="192" w:hanging="380"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>পূর্ববর্তী মাস হতে প্রাপ্ত</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="3D80660C" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="818" w:right="290" w:hanging="502"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>বর্তমানে</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>মাসে</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>যুক্ত</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>হয়েছে</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="01D7BFE4" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="232" w:right="223"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>মোট</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="757" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="4CE94606" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="26" w:right="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সুপারিশের</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>আলোকে</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>বিবেচ্যমাসে</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নিষ্পত্তি</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="787" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="2C3036DD" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="597" w:right="192" w:hanging="380"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C079B2">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
-              <w:t>পরবর্তী মাসের জন্য অগ্রায়নযোগ্য</w:t>
+              <w:t>প</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+              <w:t>রবর্তী মাসের জন্য অগ্রায়নযোগ্য</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidTr="001A612A">
+      <w:tr w:rsidR="00A516E0" w:rsidRPr="00A0357E" w14:paraId="625DFF84" w14:textId="77777777" w:rsidTr="005B62C3">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="17"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="273" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6044A731" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="44CEFE0F" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="53F55792" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="213" w:right="101" w:hanging="87"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>সুপারিশ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="062D58E1" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>পরিমাণ টাকা</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="14B7653D" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>যদি</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>থাকে</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="485" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="5AB3A329" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="213" w:right="101" w:hanging="87"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>সুপারিশ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="364" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="5F69163B" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="114"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
               <w:t>পরিমাণ টাকা</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3887391B" w14:textId="4CEDF1FB" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="114"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>যদি</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>থাকে</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="454" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="36A69926" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="213" w:right="101" w:hanging="87"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>সুপারিশ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="274A8780" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="161"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
               <w:t>পরিমাণ টাকা</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="304E2690" w14:textId="6DD3DA42" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="00A516E0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>যদি</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>থাকে</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="412A4166" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="213" w:right="101" w:hanging="87"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>সুপারিশ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="1D040865" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="115"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
               <w:t>পরিমাণ টাকা</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D1BACCA" w14:textId="4B92770C" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="00A516E0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>যদি</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>থাকে</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="79C086D7" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="214" w:right="100" w:hanging="87"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t>সুপারিশ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
+          <w:p w14:paraId="6A01CE8E" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
               <w:t>পরিমাণ টাকা</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>যদি</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>থাকে</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidTr="001A612A">
+      <w:tr w:rsidR="00A516E0" w:rsidRPr="00A0357E" w14:paraId="1398294F" w14:textId="77777777" w:rsidTr="005B62C3">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="17"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="273" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="4B20544D" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">       ১</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="324EF6A6" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1A590EA1" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="65930589" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="485" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="54484ACF" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="364" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="746AD292" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="454" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="411D100B" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="12FD4A25" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1A12203F" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="446BCA35" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="76392B5E" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="0A41A65E" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidTr="001A612A">
+      <w:tr w:rsidR="00A516E0" w:rsidRPr="00A0357E" w14:paraId="0F38BEA6" w14:textId="77777777" w:rsidTr="005B62C3">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="17"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="273" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="4F758846" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">       ২</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6AF9D7B1" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="0DD4A195" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="31478368" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="485" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1F89020D" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="364" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="66207B52" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="454" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="0727E763" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="20E47857" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="77E95DFF" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="4EC7E8E9" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="663F146D" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1CFF7503" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidTr="001A612A">
+      <w:tr w:rsidR="00A516E0" w:rsidRPr="00A0357E" w14:paraId="30E2F43C" w14:textId="77777777" w:rsidTr="005B62C3">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="17"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="273" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="0EF68F85" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0357E">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">       ৩</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="23EC910C" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="458547E2" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="252390BB" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="485" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6074116D" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="364" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="5FCD64FA" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="454" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="65A7B79D" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6E3BF858" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="0DB340E8" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="30CDBE5A" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="600C53C4" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="001A612A">
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="53F67492" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="00B33E8A">
+    <w:p w14:paraId="0DC06A8E" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="003E54E7" w:rsidRDefault="00A516E0" w:rsidP="00A516E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="466"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="00B33E8A">
+    <w:p w14:paraId="29C48B60" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00A0357E" w:rsidRDefault="00A516E0" w:rsidP="00A516E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="466"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="18"/>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-        <w:t>দ্রষ্টব্য</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E54E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-        <w:t>: নিষ্পত্তি করার সিদ্ধান্তের উপর ভিত্তি করে এই মাসে বন্ধ করা সুপারিশের সংখ্যা এবং টাকার পরিমাণ</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t>দ্রষ্টব্য</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F44">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F44">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>নিষ্পত্তি করার সিদ্ধান্তের উপর ভিত্তি করে</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F44">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">এই মাসে বন্ধ করা সুপারিশের সংখ্যা এবং </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">টাকার </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735F44">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>পরিমাণ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076650B">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>।</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="00B33E8A">
+    <w:p w14:paraId="7423A7C8" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRDefault="00A516E0" w:rsidP="00A516E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="466"/>
-[...5 lines deleted...]
-          <w:lang w:bidi="bn-IN"/>
+        <w:ind w:firstLine="665"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উল্লেখ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ইতোমধ্যে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কিছু</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সুপারিশ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বাস্তবায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হয়েছে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>একই</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সাথে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বাস্তবায়নযোগ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সুপারিশসমূহ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিম্নরূপ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046760A">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="00B33E8A">
+    <w:p w14:paraId="16E88F8E" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRDefault="00A516E0" w:rsidP="00A516E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="466"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:ind w:left="665"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C079B2">
-[...49 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>১.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D803A3" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRDefault="00A516E0" w:rsidP="00A516E0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="665"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>২.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69476818" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRDefault="00A516E0" w:rsidP="00A516E0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08D9C8C6" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRDefault="00A516E0" w:rsidP="00A516E0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4644" w:type="pct"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="4775" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="658"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1823"/>
+        <w:gridCol w:w="4106"/>
+        <w:gridCol w:w="5893"/>
+        <w:gridCol w:w="3333"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidTr="001A612A">
+      <w:tr w:rsidR="00A516E0" w:rsidRPr="00735F44" w14:paraId="419D4CC6" w14:textId="77777777" w:rsidTr="00A516E0">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="273" w:type="pct"/>
-[...6 lines deleted...]
-              <w:autoSpaceDN w:val="0"/>
+            <w:tcW w:w="1540" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73715C0C" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...38 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
-              <w:t>পর্যবেক্ষণের শ্রেণীবিভাগ</w:t>
-[...14 lines deleted...]
-              <w:ind w:left="233"/>
+              <w:t>প্রস্তুতকারীর</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>নাম</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005637BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ও </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005637BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>তারিখ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5EE537D0" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="0003442C" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...17 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ব্যালেন্স</w:t>
-[...26 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t>(নিরীক্ষক)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2210" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A9AFF5B" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="1740"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
-              <w:t>মাসে জারি করা প্রতিবেদন অনুযায়ী</w:t>
-[...25 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t>যাচাই</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005637BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>কারীর</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005637BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>নাম</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005637BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ও </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005637BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>তারিখ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="474302E6" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00682583" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="840"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
-              <w:t>মোট</w:t>
-[...15 lines deleted...]
-              <w:ind w:right="171"/>
+              <w:t xml:space="preserve">                        সহ/উপ পরিচালক</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="70D31E46" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="620"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005637BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005637BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>অনুমোদনকারীর</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005637BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>নাম</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005637BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ও </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005637BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>তারিখ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6E3D52C5" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00735F44" w:rsidRDefault="00A516E0" w:rsidP="005B62C3">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-10"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...110 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
-              <w:t>ব্যালেন্স</w:t>
-[...768 lines deleted...]
-            </w:pPr>
+              <w:t>প্রধান, অভ্যন্তরীণ নিরীক্ষা ইউনিট /প্রধান নিরীক্ষা নির্বাহী</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="00B33E8A">
+    <w:p w14:paraId="4A970F7C" w14:textId="77777777" w:rsidR="00A516E0" w:rsidRPr="00C56150" w:rsidRDefault="00A516E0" w:rsidP="00A516E0">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9195"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="30"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00A516E0" w:rsidRPr="00C56150" w:rsidSect="00A516E0">
+          <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="1058" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B33E8A" w:rsidRPr="00C079B2" w:rsidRDefault="00B33E8A" w:rsidP="00B33E8A">
-[...574 lines deleted...]
-    <w:sectPr w:rsidR="00402112" w:rsidSect="00B33E8A">
+    <w:p w14:paraId="1170EF71" w14:textId="6A4A943A" w:rsidR="00B467BC" w:rsidRDefault="00B467BC" w:rsidP="00A516E0"/>
+    <w:sectPr w:rsidR="00B467BC" w:rsidSect="00A516E0">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Nirmala UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80FF8023" w:usb1="0200004A" w:usb2="00000200" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Shonar Bangla">
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00010003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00CE510D"/>
-    <w:rsid w:val="00B33E8A"/>
+    <w:rsidRoot w:val="00A516E0"/>
+    <w:rsid w:val="00266029"/>
+    <w:rsid w:val="003D2C49"/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rsid w:val="00B467BC"/>
     <w:rsid w:val="00C803CD"/>
-    <w:rsid w:val="00CE510D"/>
     <w:rsid w:val="00D45368"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6491E037"/>
+  <w14:docId w14:val="3F8DD523"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B2BD034B-951C-4FE9-B5B8-71E7AD288741}"/>
+  <w15:docId w15:val="{CBF3A220-EFAF-4685-9461-AEABCED021B4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4089,144 +3447,638 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B33E8A"/>
+    <w:rsid w:val="00A516E0"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A516E0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B33E8A"/>
+    <w:rsid w:val="00A516E0"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A516E0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A516E0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A516E0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A516E0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A516E0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A516E0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A516E0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B33E8A"/>
+    <w:rsid w:val="00A516E0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A516E0"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A516E0"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A516E0"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:line="278" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00B33E8A"/>
+    <w:rsid w:val="00A516E0"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-      <w:ind w:left="1296" w:hanging="361"/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A516E0"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360" w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A516E0"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -4235,118 +4087,152 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -4457,55 +4343,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>933</Characters>
+  <Pages>2</Pages>
+  <Words>141</Words>
+  <Characters>804</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1094</CharactersWithSpaces>
+  <CharactersWithSpaces>944</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hussain Ahamed Anik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>