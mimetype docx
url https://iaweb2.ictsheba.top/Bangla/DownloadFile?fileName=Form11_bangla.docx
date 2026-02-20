--- v0 (2025-12-12)
+++ v1 (2026-02-20)
@@ -1,5448 +1,25706 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="2680A365" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-        <w:t>MDA’র নাম: …………</w:t>
+        <w:t>MDA’র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>নাম</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>: …………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="300919AE" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk129765735"/>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-        <w:t xml:space="preserve">অভ্যন্তরীণ নিরীক্ষা </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
         <w:t>ইউনিট</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="55ACB660" w14:textId="65AD3822" w:rsidR="003D05C3" w:rsidRPr="003D05C3" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="0" w:firstLine="84"/>
+        <w:ind w:firstLine="84"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc144989369"/>
-      <w:r w:rsidRPr="006938D6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-        <w:t>ফর্ম ১১: ঝুঁকি-ভিত্তিক বার্ষিক অভ্যন্তরীণ নিরীক্ষা পরিকল্পনা (- - - - - - - সাল)</w:t>
+        <w:t>ফর্ম</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ১১: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>ঝুঁকি-ভিত্তিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>বার্ষিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (- - - - - - - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>সাল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-    </w:p>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>(বার্ষিক অভ্যন্তরীণ নিরীক্ষা পরিকল্পনার জন্য)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="5DDD674D" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="11D0DA6E" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
         <w:t>১.১</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বার্ষিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="14585F31" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">অভ্যন্তরীণ নিরীক্ষা ইউনিটের নিরীক্ষা কার্যক্রমে দিকনির্দেশনা প্রদানের জন্য অভ্যন্তরীণ নিরীক্ষা পরিকল্পনা প্রণয়ন করা হয়েছে। অভ্যন্তরীণ নিরীক্ষা পরিকল্পনাটি সংশ্লিষ্ট PAO অনুমোদন করবেন, যা অভ্যন্তরীণ নিরীক্ষা সনদে উল্লিখিত অভ্যন্তরীণ নিরীক্ষা ইউনিটের উদ্দেশ্য, কর্তৃত্ব এবং দায়িত্বকে আরও বেগবান করবে । </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ইউনিটের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যক্রমে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দিকনির্দেশনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রদানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রণয়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হয়েছে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">। </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনাটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সংশ্লিষ্ট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PAO </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অনুমোদন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করবেন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>যা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সনদে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উল্লিখিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ইউনিটের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কর্তৃত্ব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দায়িত্বকে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আরও</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বেগবান</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="1D489B3E" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="05785518" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
         <w:t>১.২</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বার্ষিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রণয়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="74653CB4" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="6AD6AE10" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">বার্ষিক অভ্যন্তরীণ নিরীক্ষা পরিকল্পনা প্রণয়নকালে MDA’র অধীনস্ত নিরীক্ষাযোগ্য বিভিন্ন প্রকল্প ও সংশ্লিষ্ট কার্যালয়সমূহের ঝুঁকি মূল্যায়ন করতে অভ্যন্তরীণ নিরীক্ষা ম্যানুয়ালটি অনুসরণ করা হয়েছে। অভ্যন্তরীণ নিরীক্ষা ম্যানুয়ালে বর্ণিত ফর্মসমূহ ব্যবহার করে সকল পদ্ধতি নথিভুক্ত করা হয়েছ । ঝুঁকি মূল্যায়নে MDA প্রধান, প্রকল্প এবং অপারেশনাল ম্যানেজার, সংশ্লিষ্ট কর্মকর্তা, অন্যান্য স্টেকহোল্ডার ও সুবিধাভোগীদের নিকট হতে গৃহীত তথ্য এবং নিরীক্ষাযোগ্য ক্ষেত্রগুলির ঝুঁকি বিবেচনায় নিয়ে অভ্যন্তরীণ নিরীক্ষা ইউনিট কর্তৃক আরও পরিমার্জিত করে ব্যবহার করা হয়েছে । </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বার্ষিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রণয়নকালে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MDA’র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অধীনস্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষাযোগ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিভিন্ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রকল্প</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ও </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সংশ্লিষ্ট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যালয়সমূহের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ম্যানুয়ালটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অনুসরণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হয়েছে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">। </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ম্যানুয়ালে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বর্ণিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ফর্মসমূহ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবহার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সকল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পদ্ধতি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নথিভুক্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হয়েছ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়নে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MDA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রধান</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রকল্প</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অপারেশনাল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ম্যানেজার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সংশ্লিষ্ট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কর্মকর্তা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অন্যান্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>স্টেকহোল্ডার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ও </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সুবিধাভোগীদের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিকট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>গৃহীত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তথ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষাযোগ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ক্ষেত্রগুলির</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিবেচনায়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিয়ে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ইউনিট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কর্তৃক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আরও</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিমার্জিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবহার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হয়েছে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="48E09293" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="620"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="6A63E77E" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
         <w:t>১.৩</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সারমর্ম</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="15B4C1AA" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ঝুঁকি মূল্যায়ন প্রক্রিয়ার মাধ্যমে সম্ভাব্য ……টি নিরীক্ষার বিষয় চিহ্নিত হয়েছে । মানব সম্পদ প্রাপ্যতার উপর ভিত্তি করে নিরীক্ষা দলের জন্য ২০…সালে…কার্যদিবস নিরীক্ষার জন্য প্রস্তাব করা হয়েছে যার মধ্যে MDA’র অধীনে প্রকল্পসমূহ  নিরীক্ষার জন্য ……দিন, এবং MDA’র কার্যালয়গুলির কর্মকাণ্ড নিরীক্ষার জন্য ……দিন । ঝুঁকি মূল্যায়ন প্রক্রিয়ার মাধ্যমে চিহ্নিত আর্থিক ব্যবস্থাপনা নিরীক্ষার জন্য ……দিন, ক্রয় ও চুক্তি ব্যবস্থাপনা নিরীক্ষার জন্য ……দিন,  প্রকল্প এবং অপারেশনাল ম্যানেজমেন্ট নিরীক্ষার জন্য ……দিন নির্ধারণ করা হয়েছে । </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রক্রিয়ার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মাধ্যমে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্ভাব্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ……</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>টি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিষয়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>চিহ্নিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হয়েছে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মানব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পদ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রাপ্যতার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উপর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ভিত্তি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দলের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ২০…</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সালে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যদিবস</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রস্তাব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হয়েছে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>যার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মধ্যে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MDA’র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অধীনে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রকল্পসমূহ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ……</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দিন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MDA’র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যালয়গুলির</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কর্মকাণ্ড</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ……</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দিন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রক্রিয়ার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মাধ্যমে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>চিহ্নিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আর্থিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবস্থাপনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ……</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দিন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ক্রয়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ও </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>চুক্তি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবস্থাপনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ……</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দিন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রকল্প</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অপারেশনাল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ম্যানেজমেন্ট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ……</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দিন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নির্ধারণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হয়েছে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="52765805" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="94" w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+        <w:spacing w:before="94" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>২.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ক্লায়েন্ট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রোফাইল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="211B99AD" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1237"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="94" w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
         <w:t>২.১</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ওভারভিউ</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="3AE33DDE" w14:textId="0D2A2F4C" w:rsidR="003D05C3" w:rsidRPr="003D05C3" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="121" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="811" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">                        ……………………………………………………………………………………………………………………………………………………………………</w:t>
+      <w:r w:rsidRPr="003D05C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D05C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
-[...57 lines deleted...]
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="53DFD994" w14:textId="23586838" w:rsidR="003D05C3" w:rsidRPr="003D05C3" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1242"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="94" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="530"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:ind w:left="1237"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">                                                …………………………………………………………………………………………………………………………………………………………………  </w:t>
+      <w:r w:rsidRPr="003D05C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D05C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>২.২</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        …………………………………………………………………………………………………………………………………………………………………  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="4DAAD556" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1242"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="94" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="530"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...3 lines deleted...]
-        <w:sectPr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidSect="006938D6">
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidSect="003D05C3">
           <w:footerReference w:type="default" r:id="rId4"/>
           <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="2DC72487" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1237"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="94" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>২.৩</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk127792344"/>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">MDA’র </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MDA’র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>বার্ষিক কাজের পরিকল্পনা এবং বাজেট বছরের বাজেট …..</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বার্ষিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কাজের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বাজেট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বছরের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বাজেট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="4BD1122E" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="124" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t>নিম্নলিখিত সারণী প্রকল্প এবং কর্মক্ষম এলাকার জন্য বরাদ্দকৃত বাজেটের সংক্ষিপ্ত তথ্য প্রদান করে:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিম্নলিখিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সারণী</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রকল্প</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কর্মক্ষম</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এলাকার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বরাদ্দকৃত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বাজেটের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সংক্ষিপ্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তথ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রদান</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="2EB33EF6" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="9" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4795" w:type="pct"/>
         <w:tblInd w:w="625" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="648"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1397"/>
+        <w:gridCol w:w="763"/>
+        <w:gridCol w:w="6803"/>
+        <w:gridCol w:w="4853"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="22979595" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="307" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="2D832B73" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="206" w:right="198"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>নং</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2739" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="1C26AA94" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="2819" w:right="2812"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>অফিস/প্রকল্প</w:t>
+              <w:t>অফিস</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>প্রকল্প</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1954" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="126AB467" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="188"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:bidi="bn-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>আনুমানিক বাজেট</w:t>
+              <w:t>আনুমানিক</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>বাজেট</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>এবং</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>খরচ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="2F9476FB" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="307" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="2C523784" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
               <w:t>১</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2739" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="69289A3E" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1954" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="55B22DD0" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="50E7A2C3" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="307" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="6DA53CAB" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
               <w:t>২</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2739" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="771562E1" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1954" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="0A7F4E33" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="5ADD932A" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="342"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="307" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="615C016F" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
               <w:t>৩</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2739" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="21AFDD10" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1954" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="72C06B34" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="24C6C10C" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="307" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="0163940B" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
               <w:t>৪</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2739" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="64331F0B" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1954" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="183AD9EB" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="477793A2" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="307" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="77E8B76E" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
               <w:t>৫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2739" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="35D20181" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1954" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="54908628" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="088E2393" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="307" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="5167854B" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2739" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="0B71671D" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="2813" w:right="2812"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>মোট</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1954" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="188D8759" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
-[...13 lines deleted...]
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="33E6A521" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="94" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-        <w:t>৩.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+    </w:p>
+    <w:p w14:paraId="606032DC" w14:textId="3259B915" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1256"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="94" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>৩.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ইউনিটের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কর্তৃত্ব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দায়িত্ব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="658C1396" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
         <w:t>৩.১</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>উদ্দেশ্য</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="49D85063" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">MDA’র কার্যক্রম উন্নীতকরণে IAU স্বাধীন, উদ্দেশ্যমূলক, ঝুঁকি ব্যবস্থাপনা, নিয়ন্ত্রণ ও গভর্নেন্স প্রক্রিয়াসমূহের কার্যকারিতার নিশ্চয়তা এবং সেবা প্রদানকারী ইউনিট হিসেবে কাজ করে। ইহা ঝুঁকি ব্যবস্থাপনা, নিয়ন্ত্রণ ও গভর্নেন্স প্রক্রিয়াসমূহের কার্যকারিতা মূল্যায়নপূর্বক সমৃদ্ধ করার জন্য একটি পদ্ধতিগত, সুশৃঙ্খল প্রক্রিয়া যা MDA-কে তার উদ্দেশ্য পূরণ করতে সহায়তা করে । IAU অন্যান্য বিভাগীয় ইউনিট এবং উন্নয়ন অংশীদারদের সাথে অংশীদারিত্বের ভিত্তিতে MDA’র অধীনে প্রকল্প এবং কার্যক্রমসমূহ ক্রমাগত উন্নত করার জন্য সচেষ্ট  থাকে। </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MDA’র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যক্রম</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উন্নীতকরণে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IAU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>স্বাধীন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্যমূলক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবস্থাপনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিয়ন্ত্রণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ও </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>গভর্নেন্স</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রক্রিয়াসমূহের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যকারিতার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিশ্চয়তা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সেবা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রদানকারী</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ইউনিট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হিসেবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কাজ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">। </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ইহা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবস্থাপনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিয়ন্ত্রণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ও </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>গভর্নেন্স</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রক্রিয়াসমূহের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যকারিতা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়নপূর্বক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সমৃদ্ধ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>একটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পদ্ধতিগত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সুশৃঙ্খল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রক্রিয়া</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>যা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MDA-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পূরণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সহায়তা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । IAU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অন্যান্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিভাগীয়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ইউনিট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উন্নয়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অংশীদারদের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সাথে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অংশীদারিত্বের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ভিত্তিতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MDA’র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অধীনে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রকল্প</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যক্রমসমূহ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ক্রমাগত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উন্নত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সচেষ্ট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>থাকে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">। </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="0A90B937" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="6D1E1EE3" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
         <w:t>৩.২</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>কর্তৃত্ব</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="3793D53D" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কাজের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সময়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিষ্ঠানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রাঙ্গনে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রবেশ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>থাকার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অনুমোদিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">। IAU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষকগণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MDA</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অন্তর্গত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নথি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পত্তিগুলিতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পূর্ণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>অধিগম্যতা</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, এবং যে কোনও প্রতিবেদন থেকে নথি পরীক্ষা, প্রতিলিপি করা বা বের করতে পারার অধিকারী । IAU এর নিরীক্ষকগণ নিরীক্ষার দায়িত্ব পালনে নিরীক্ষিত প্রতিষ্ঠানের নিকট হতে বাধাহীন প্রবেশাধীকার এবং সমর্থন পাওয়ার সম্পূর্ণ অধিকার রাখেন । নিরীক্ষার জন্য কোনও কর্মী নিরীক্ষককে প্রয়োজনীয় তথ্য, অ্যাক্সেস এবং অন্যান্য সহায়তা প্রদান না করলে তিনি শাস্তির আওতায় আসবেন । </w:t>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>যে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কোনও</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিবেদন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>থেকে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নথি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিলিপি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পারার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অধিকারী</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । IAU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষকগণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দায়িত্ব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পালনে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিষ্ঠানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিকট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বাধাহীন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রবেশাধীকার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সমর্থন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পাওয়ার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পূর্ণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অধিকার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>রাখেন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কোনও</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কর্মী</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষককে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রয়োজনীয়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তথ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অ্যাক্সেস</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অন্যান্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সহায়তা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রদান</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>না</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করলে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তিনি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>শাস্তির</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আওতায়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আসবেন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="3D6858DB" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="67259F46" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="295C38D7" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
         <w:t>৩.৩</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>দায়িত্ব</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="51FD65F9" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IAU-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রধান</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অন্যান্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষকগণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MDA-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উপরোক্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিষয়ে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>স্বাধীন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বস্তুনিষ্ঠ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিশ্চয়তা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সেবা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রদানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দায়িত্বপ্রাপ্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দায়িত্ব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবস্থাপনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিয়ন্ত্রণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>গভর্নেন্স</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রক্রিয়াগুলির</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পর্যাপ্ততা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যকারিতা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উন্নতির</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সুপারিশ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IAU’র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দায়িত্ব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MDA</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t>-এর উদ্দেশ্যগুলি অর্জন এবং কার্যক্রমসমূহের উন্নতিতে সহায়তা করা ।</w:t>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্যগুলি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অর্জন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যক্রমসমূহের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উন্নতিতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সহায়তা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ।</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="3DF15F3E" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="013DE172" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:right="620"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DFE79AD" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk127796892"/>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>৪</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="668EC294" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...20 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঊর্ধ্বতন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবস্থাপনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রকল্প</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অপারেশনাল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবস্থাপনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অন্যান্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সুবিধাভোগীদের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিষ্ঠানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্যে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অর্জন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বাস্তবায়নে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সহায়তা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রদান</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্যের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূলে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>রয়েছে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অপারেশনাল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দক্ষতা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবস্থাপনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MDA</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">-তে গভর্নেন্স প্রক্রিয়া এবং অভ্যন্তরীণ নিয়ন্ত্রণ ব্যবস্থা, </w:t>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>গভর্নেন্স</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রক্রিয়া</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিয়ন্ত্রণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবস্থা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk127792650"/>
-      <w:r w:rsidRPr="006938D6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MDA</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t>’র অধীনে প্রকল্প এবং অফিসের কার্যক্রম মূল্যায়নের মাধ্যমে উন্নতির জন্য সুপারিশ করা। অভ্যন্তরীণ নিরীক্ষার মাধ্যমে MDA’র উদ্দেশ্যসমূহ অর্জনে সহায়তা করার জন্য নিম্নলিখিত বিষয়ের উপর গুরুত্ব প্রদান করা হয়েছে ।</w:t>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অধীনে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রকল্প</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অফিসের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যক্রম</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়নের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মাধ্যমে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উন্নতির</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সুপারিশ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">। </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মাধ্যমে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MDA’র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্যসমূহ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অর্জনে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সহায়তা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিম্নলিখিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিষয়ের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উপর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>গুরুত্ব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রদান</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হয়েছে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ।</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="0DCBA02E" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="57CCB437" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                        ৪.১              </w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>গভর্নেন্স:</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>গভর্নেন্স</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="632A81F6" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="left" w:pos="1980"/>
           <w:tab w:val="left" w:pos="2340"/>
           <w:tab w:val="left" w:pos="2430"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="620" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...14 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিষ্ঠানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ভিতরে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>যথাযথ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নৈতিকতা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যবোধ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রচার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="70C8AE5B" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="620" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                    </w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ii.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যকর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সাংগঠনিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দক্ষতা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জবাবদিহিতা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিশ্চিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="5DD5B9CA" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="620" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="6B456767" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-450" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    iii.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিষ্ঠানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উপযুক্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>স্থানে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিয়ন্ত্রণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিষয়ক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তথ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জানানো</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="609CBF45" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-450" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...13 lines deleted...]
-        <w:t>MDA, OCAG, অভ্যন্তরীণ নিরীক্ষক এবং নিরীক্ষাধীন প্রতিষ্ঠানের মাঝে কার্যক্রম সমন্বয় এবং যোগাযোগ রক্ষা করা ।</w:t>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    iv</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MDA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, OCAG, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষাধীন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিষ্ঠানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মাঝে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যক্রম</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সমন্বয়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>যোগাযোগ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>রক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ।</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="7862A6C9" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-450" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="7BA55C5C" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
-        <w:t>৪.২</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+        <w:t>৪.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
+        <w:t>২</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবস্থাপনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পর্কিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="11D532A1" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2340"/>
           <w:tab w:val="left" w:pos="2520"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...14 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষাধীন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিষ্ঠানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্যের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সাথে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সংগতি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>রেখে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>লক্ষ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সামঞ্জস্যকরণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="3B04120C" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk127961166"/>
-      <w:r w:rsidRPr="006938D6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ii.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="006938D6">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উল্লেখযোগ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>চিহ্নিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="26351BBF" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2340"/>
           <w:tab w:val="left" w:pos="2520"/>
         </w:tabs>
-        <w:ind w:left="1800" w:right="620" w:firstLine="0"/>
+        <w:ind w:left="1800" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       iii. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t>উপযুক্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t>ঝুঁকির</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t>প্রতি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t>সাড়া</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t>দেয়া</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t>যাতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t>নিরীক্ষাধীন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t>প্রতিষ্ঠানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t>গ্রহণযোগ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t>ঝুঁকিসমূহের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t>সাথে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t>সামঞ্জস্যপূর্ণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t>হয়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="5E762981" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">iv. </w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t>প্রাসঙ্গিক ঝুঁকির তথ্য সংগ্রহ করে সময়মত প্রতিষ্ঠানের জনবল, অভ্যন্তরীণ নিরীক্ষা কমিটি এবং সংশ্লিষ্ট সকলকে তাদের দায়িত্ব পালন করার বিষয়ে অবহিতকরণ।</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রাসঙ্গিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকির</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তথ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সংগ্রহ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সময়মত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিষ্ঠানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জনবল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কমিটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সংশ্লিষ্ট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সকলকে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তাদের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দায়িত্ব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পালন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিষয়ে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অবহিতকরণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>।</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="76231FC3" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1096"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1096"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="3C867D3E" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
-        <w:t>৪.৩</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+        <w:t>৪.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
+        <w:t>৩</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>অভ্যন্তরীণ নিয়ন্ত্রণ সম্পর্কিত :</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিয়ন্ত্রণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পর্কিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="0E7F81AD" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...14 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আর্থিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ও </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দক্ষতা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তথ্যের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নির্ভরযোগ্যতা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিশুদ্ধতা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="4C9E8EA2" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ii. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যক্রমের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যকারিতা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কর্মদক্ষতা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরুপণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="79D2ACF2" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="900" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         iii. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পদের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সুরক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="2241C6CA" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="900" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">                         iv. আইন, প্রবিধান, নীতি, পদ্ধতি এবং চুক্তির প্রতিপালন নিশ্চিতকরণ।</w:t>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         iv. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আইন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রবিধান</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নীতি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পদ্ধতি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>চুক্তির</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিপালন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিশ্চিতকরণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>।</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="5073E50F" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="900" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="09275AB4" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
-        <w:t>৪.৪</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+        <w:t>৪.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
+        <w:t>৪</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>জালিয়াতি  :</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জালিয়াতি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="45CF4E3B" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">IAU কর্তৃক জালিয়াতির সম্ভাবনা মূল্যায়ন এবং কিভাবে প্রতিষ্ঠানের জালিয়াতির ঝুঁকি নিয়ন্ত্রণ করে, তা নিশ্চিতকরণ । </w:t>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IAU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কর্তৃক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জালিয়াতির</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্ভাবনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কিভাবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিষ্ঠানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জালিয়াতির</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিয়ন্ত্রণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিশ্চিতকরণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="3CF91908" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="124" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="3B421B74" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk124425205"/>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">৫.   </w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>নিরীক্ষা</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সময়সূচি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="7223F8EB" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">IAU-এর দায়িত্ব হচ্ছে MDA’র অধীন সকল কার্যাবলী বিবেচনা করা এবং নিরীক্ষা সেবা প্রদান নিশ্চিতকরণ। অভ্যন্তরীণ নিরীক্ষার সীমিত সম্পদের সর্বোত্তম ব্যবহার নিশ্চিত কল্পে ঝুঁকি-ভিত্তিক নিরীক্ষা কৌশল প্রয়োগ করে ঝুঁকি মূল্যায়নের মাধ্যমে উচ্চ ঝুঁকির ক্ষেত্রগুলি সনাক্তকরত: নিরীক্ষার পরিধি নির্ধারণ করা হয়েছে । </w:t>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IAU-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দায়িত্ব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হচ্ছে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MDA’র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অধীন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সকল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যাবলী</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিবেচনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সেবা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রদান</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিশ্চিতকরণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">। </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সীমিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পদের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সর্বোত্তম</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ব্যবহার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিশ্চিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কল্পে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি-ভিত্তিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কৌশল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রয়োগ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়নের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মাধ্যমে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উচ্চ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকির</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ক্ষেত্রগুলি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সনাক্তকরত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিধি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নির্ধারণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হয়েছে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="69115005" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিবেচনায়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিয়ে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্ভাব্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পদের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উপর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ভিত্তি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>টাকা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ………</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বরাদ্দ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ইহা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ছাড়া</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, IAU-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ...</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জনবল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ...</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মাসের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তারিখ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>থেকে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006938D6">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তারিখ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> পর্যন্ত মন্ত্রণালয়/অধিদপ্তরের এবং স্বতন্ত্র প্রকল্পসমূহ নিরীক্ষা করবে যা মোট সংখ্যার.......এর মধ্যে....... ।’</w:t>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পর্যন্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মন্ত্রণালয়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অধিদপ্তরের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>স্বতন্ত্র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রকল্পসমূহ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>যা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মোট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সংখ্যার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মধ্যে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>....... ।’</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="5837CB5F" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...63 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4094" w:type="pct"/>
         <w:tblInd w:w="2155" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="258"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1255"/>
+        <w:gridCol w:w="764"/>
+        <w:gridCol w:w="2060"/>
+        <w:gridCol w:w="1603"/>
+        <w:gridCol w:w="1677"/>
+        <w:gridCol w:w="1603"/>
+        <w:gridCol w:w="1446"/>
+        <w:gridCol w:w="1450"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="780D9ED2" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="6F81E981" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="65E7EC94" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>নং</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="0D6BC734" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>অফিস/প্রকল্পের নাম</w:t>
+              <w:t>অফিস</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>প্রকল্পের</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>নাম</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="7AC5DCC5" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="144" w:right="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ক্ষেত্র এবং নিরীক্ষার সুযোগ</w:t>
+              <w:t>ক্ষেত্র</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>এবং</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>নিরীক্ষার</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>সুযোগ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1547" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="13B36B54" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1310"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>নিরীক্ষার সময়সুচী</w:t>
+              <w:t>নিরীক্ষার</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>সময়সুচী</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="65292F6F" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="396"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>নিরীক্ষা দল এবং (কাজের দিন)</w:t>
+              <w:t>নিরীক্ষা</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>দল</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>এবং</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>কাজের</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>দিন</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="1D2FE9F2" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="3D92D4E7" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="44FE6A13" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="6F3831AB" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="59D653FF" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="155"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>শুরুর তারিখ</w:t>
+              <w:t>শুরুর</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>তারিখ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="0E61469D" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="148"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>রিপোর্টিং তারিখ</w:t>
+              <w:t>রিপোর্টিং</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>তারিখ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="682" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="44DEBADE" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="566"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>নিরীক্ষক</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="2FB3BB94" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>নিরীক্ষক</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="2CD6F013" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="522E9FD6" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="79" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
               <w:t>১</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="61B6B40D" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="3926325C" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="0966D2E2" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="48B4EB50" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="682" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="5FB43347" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="1F20151E" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="72DA805D" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="4CC4CA04" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="79" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
               <w:t>২</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="3486CF60" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="32CE5A23" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="3164B666" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="7FB63E0B" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="682" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="0D7727C8" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="2F3DD9D5" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="038CE555" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="437B74A2" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="79" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
               <w:t>৩</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="723646A3" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="2740C89D" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="7B5CEA00" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="368A0054" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="682" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="673B79F2" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="6FC2142D" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="35B838A2" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="4F469F68" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="79" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
               <w:t>৪</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="635E3517" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="3027AB2B" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="7CDE551A" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="7873C765" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="682" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="0CB55EC3" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="25011610" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="0A1AAB2F" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="77616A00" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="80" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
               <w:t>৫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="6F2C8951" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="1A9CEA6E" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="10DA3722" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="756" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="1E81DD88" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="682" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="771C7D80" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="1B078233" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="3C25D695" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="124" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="12A5E7ED" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="124" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="01BF21C1" w14:textId="06069C28" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="124" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>একটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>স্বতন্ত্র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রস্তুত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সময়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IAU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পৃথকভাবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সংজ্ঞায়িত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষাধীন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিষয়ের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রকৃতি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
         </w:rPr>
         <w:t>পরিধি</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নির্দেশ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষাধীন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিষয়ে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কিছু</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নির্দিষ্ট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যক্রমের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মধ্যে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সীমাবদ্ধ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>থাকতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পারে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>যেমন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বার্ষিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কর্ম</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বাজেট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রণয়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নির্মাণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কাজের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নকশা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পণ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সংগ্রহ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কাজ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ও </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সেবা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>works and services</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">) এবং ত্রৈমাসিক আর্থিক প্রতিবেদন । এটি পুরো বছরের এক বা দুই চতুর্থাংশের  কার্যক্রমসমূহ বিবেচনা করতে পারে বা কিছু ক্ষেত্রে অভ্যন্তরীণ নিরীক্ষা একটি আর্থিক বছরের বাইরেও এর পরিধি বিস্তৃত করতে পারে । </w:t>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ত্রৈমাসিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আর্থিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিবেদন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পুরো</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বছরের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দুই</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>চতুর্থাংশের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যক্রমসমূহ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিবেচনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পারে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কিছু</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ক্ষেত্রে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>একটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আর্থিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বছরের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বাইরেও</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিধি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিস্তৃত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পারে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">। </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="1C7E9480" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="124" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="_Hlk127797120"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আর্থিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>লেনদেনের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ক্ষেত্রে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>একটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আর্থিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বছরের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বাইরে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিধি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>স্বাভাবিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নয়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রকল্প</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবস্থাপনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ক্রয়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সংক্রান্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সমস্যা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ক্ষেত্রগুলিতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পারে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কোন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মামলা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জালিয়াতিমূলক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দুর্নীতির</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সাথে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পর্কিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হলে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষাকে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রয়োজন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অনুসারে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দীর্ঘ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সময়ের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিধি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বাড়াতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পারে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এইভাবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিধি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিষ্ঠানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সার্বিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিষয়ে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অথবা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অংশ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>যেমন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>একটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রোগ্রাম</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রজেক্ট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>একটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যালয়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ইত্যাদি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হিসেবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিবেচিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পারে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">। </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এভাবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিষয়বস্তু</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অডিট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কভারেজের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সময়কালও</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিবেচিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পারে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>।</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk127797120"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="3F13AC7F" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="94" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="70CD653E" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-        <w:t xml:space="preserve">                      ৬</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>৬</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">              নিরীক্ষা সম্পাদন পদ্ধতি</w:t>
-      </w:r>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পাদন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পদ্ধতি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="12B1E4F3" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পাদনের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পদ্ধতি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কেমন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>একটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিশেষ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ক্ষেত্র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রোগ্রামের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উপর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নির্ভর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তাই</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পাদন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পদ্ধতি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নির্ধারণের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিষ্ঠানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিয়ন্ত্রণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবস্থা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবস্থাপনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পদ্ধতি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পূর্বক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রয়োজনে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সারগর্ভ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিস্তারিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিচালনার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রয়োজন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পারে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">। </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রোগ্রামের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পূরণের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিচালনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>যাচাইকরণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিশ্লেষণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মাঠ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিদর্শন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পর্যবেক্ষণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অন্তর্ভুক্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>থাকতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পাদন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>একটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিশেষ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বাস্তবায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অংশ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="4DA907A2" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="124" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t>নিরীক্ষা পরিকল্পনা/প্রোগ্রামের উদ্দেশ্য অর্জনের জন্য পর্যাপ্ত তথ্য সনাক্তকরণ, বিশ্লেষণ, মূল্যায়ন এবং নথিভুক্তকরণ নিরীক্ষা সম্পাদন প্রক্রিয়ার কেন্দ্র হিসেবে বিবেচিত । সরেজমীন পর্যবেক্ষণ, সাক্ষাৎকার, প্রশ্নাবলী, নথি পর্যালোচনা, এবং তথ্য বিশ্লেষণ নিরীক্ষা সম্পাদন প্রক্রিয়ায় ব্যবহৃত অন্যতম প্রধান কৌশল ।</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রোগ্রামের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অর্জনের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পর্যাপ্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তথ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সনাক্তকরণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিশ্লেষণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নথিভুক্তকরণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পাদন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রক্রিয়ার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কেন্দ্র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হিসেবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>বিবেচিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সরেজমীন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পর্যবেক্ষণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সাক্ষাৎকার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রশ্নাবলী</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নথি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পর্যালোচনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তথ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিশ্লেষণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পাদন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রক্রিয়ায়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবহৃত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অন্যতম</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রধান</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কৌশল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ।</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="6896A505" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="124" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="7645A27B" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="124" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="68773793" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>৭</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিশেষজ্ঞদের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আউটসোর্সিং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কো-সোর্সিং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="409BFC03" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">প্রযুক্তি ক্ষেত্রে IAU এর দক্ষ জনবলের অভাব রয়েছে । নিম্নলিখিত নিরীক্ষার জন্য আউটসোর্সিং/কো-সোর্সিং বিশেষজ্ঞের পরিষেবা প্রয়োজন হবে এবং এজন্য টাকা ……………. খরচ হবে । আউটসোর্সিং/কো-সোর্সিং এর মাধ্যমে প্রাপ্ত বিশেষজ্ঞ শুধুমাত্র একটি বিশেষ নিরীক্ষার উদ্দেশ্য অর্জনে সহায়তা করবে না বরং সংশ্লিষ্ট প্রযুক্তি ক্ষেত্রে IAU-এর দক্ষতাও বাড়াবে। IAU অবশ্যই MDA’র মধ্যে কর্মরত বিশেষজ্ঞদের নিরীক্ষার কাজে লাগানোর পরিকল্পনা করবেন । </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রযুক্তি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ক্ষেত্রে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IAU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দক্ষ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জনবলের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভাব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>রয়েছে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিম্নলিখিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আউটসোর্সিং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কো-সোর্সিং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিশেষজ্ঞের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিষেবা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রয়োজন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এজন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>টাকা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ……………. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>খরচ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আউটসোর্সিং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কো-সোর্সিং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মাধ্যমে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রাপ্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিশেষজ্ঞ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>শুধুমাত্র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>একটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিশেষ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উদ্দেশ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অর্জনে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সহায়তা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>না</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বরং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সংশ্লিষ্ট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রযুক্তি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ক্ষেত্রে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IAU-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দক্ষতাও</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বাড়াবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">। IAU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অবশ্যই</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MDA’র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মধ্যে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কর্মরত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিশেষজ্ঞদের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কাজে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>লাগানোর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করবেন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="3B1FD15D" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4100" w:type="pct"/>
         <w:tblInd w:w="2155" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="606"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2214"/>
+        <w:gridCol w:w="839"/>
+        <w:gridCol w:w="3587"/>
+        <w:gridCol w:w="3126"/>
+        <w:gridCol w:w="3067"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="4C922BCA" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="395" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="4EAFA132" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="177"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নং</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="42C7CEC9" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="223"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>অফিস/প্রকল্প</w:t>
+              <w:t>অফিস</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>প্রকল্প</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="0654C3C6" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>সমস্যা/</w:t>
+              <w:t>সমস্যা</w:t>
             </w:r>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:cs/>
                 <w:lang w:bidi="bn-IN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ক্ষেত্র</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="7CE732BB" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>বিশেষজ্ঞদের ধরনের প্রয়োজন</w:t>
+              <w:t>বিশেষজ্ঞদের</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ধরনের</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>প্রয়োজন</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="564EC812" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="395" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="1EA6C7F7" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="7F521190" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="0A78C26B" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="55C73526" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="5F60A477" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="395" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="275E4F81" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>১</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="681CD018" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="34680674" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="15CC72E6" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="2CF1A424" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="395" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="19924AF1" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>২</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="1C51ADA2" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="047EEE88" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="1491803F" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="68C8A261" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="64"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="395" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="4D32B5D8" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006938D6">
+            <w:r w:rsidRPr="00AB10D1">
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>৩</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="2D770539" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="4A1028CF" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="68FA6384" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidTr="001A612A">
+      <w:tr w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w14:paraId="35A85ADB" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="64"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="395" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="740A64DD" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="4DCC5544" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="32EFE998" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="001A612A">
+          <w:p w14:paraId="38E14888" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="16B2480C" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="94" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="5082A895" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="900"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ৮</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>৮</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">ঝুঁকি মূল্যায়ন এবং বার্ষিক নিরীক্ষা পরিকল্পনা </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বার্ষিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="3F8A4D1F" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="14220"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="530"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t>IAU এর প্রধান বার্ষিক কাজ হল- ঝুঁকি মূল্যায়ন এবং ঝুঁকি ভিত্তিক বার্ষিক নিরীক্ষা পরিকল্পনা প্রণয়ন করা। বার্ষিক নিরীক্ষা পরিকল্পনা প্রণয়ন প্রক্রিয়াটি জুলাই এবং আগস্ট দুই মাস ব্যাপী চলবে । এটি একটি ব্যাপক পরামর্শমূলক মূল্যায়ন অনুশীলন; আলোচনা/সভা/প্রশ্নমালা/ওয়ার্কশপ ইত্যাদির মাধ্যমে সিনিয়র ম্যানেজমেন্ট এবং নিরীক্ষিত প্রতিষ্ঠানের ঊধ্বর্তন কর্তৃপক্ষ, প্রকল্প এবং অপারেশনাল ব্যবস্থাপক, অন্যান্য কর্মকর্তা, উন্নয়ন অংশীদার, এবং অন্যান্য সুবিধাভোগীদের নিকট হতে ঝুঁকি বিষয়ে তথ্য সংগ্রহ করে ব্যবহার করা হয়। IAU প্রাপ্ত সমস্ত তথ্য প্রক্রিয়াকরণ করে তার সাথে নিজস্ব রেকর্ড পর্যালোচনা করবে, এবং ঝুঁকি মূল্যায়ন পূর্বক পেশাদারীত্ব কাজে লাগিয়ে নিরীক্ষা ক্ষেত্র চূড়ান্ত করতঃ অভ্যন্তরীণ নিরীক্ষার জন্য প্রাপ্ত মানব সম্পদ এবং কার্যদিবস অনুযায়ী নিরীক্ষা সম্পাদন করবে ।</w:t>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IAU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রধান</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বার্ষিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কাজ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ভিত্তিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বার্ষিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রণয়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">। </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বার্ষিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রণয়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রক্রিয়াটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জুলাই</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আগস্ট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দুই</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মাস</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যাপী</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>চলবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> । </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>একটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যাপক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরামর্শমূলক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অনুশীলন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>আলোচনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সভা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রশ্নমালা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ওয়ার্কশপ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ইত্যাদির</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মাধ্যমে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সিনিয়র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ম্যানেজমেন্ট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষিত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রতিষ্ঠানের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঊধ্বর্তন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কর্তৃপক্ষ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রকল্প</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অপারেশনাল</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবস্থাপক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অন্যান্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কর্মকর্তা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>উন্নয়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অংশীদার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অন্যান্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সুবিধাভোগীদের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিকট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হতে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বিষয়ে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তথ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সংগ্রহ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ব্যবহার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>হয়</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">। IAU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রাপ্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সমস্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তথ্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রক্রিয়াকরণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>তার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সাথে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিজস্ব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>রেকর্ড</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পর্যালোচনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ঝুঁকি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মূল্যায়ন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পূর্বক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পেশাদারীত্ব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কাজে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>লাগিয়ে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ক্ষেত্র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>চূড়ান্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করতঃ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষার</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>প্রাপ্ত</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>মানব</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পদ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কার্যদিবস</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অনুযায়ী</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>সম্পাদন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করবে</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ।</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="37BD74CE" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="7A36D4CE" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                        </w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>৯</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অনুমোদনের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অনুরোধ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="248ED81A" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:right="620"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...5 lines deleted...]
-        <w:t>পর্যালোচনা এবং অনুমোদনের জন্য IAU অবশ্যই PAO-এর নিকট একটি বার্ষিক অভ্যন্তরীণ নিরীক্ষা পরিকল্পনা জমা দিবেন ।</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পর্যালোচনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অনুমোদনের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IAU </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অবশ্যই</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PAO-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এর</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিকট</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>একটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বার্ষিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জমা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>দিবেন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ।</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
+    <w:p w14:paraId="17051B44" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRPr="00AB10D1" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1170" w:hanging="270"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>১</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:cs/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>০.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006938D6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>বার্ষিক অভ্যন্তরীণ নিরীক্ষা পরিকল্পনা অনুমোদন</w:t>
-      </w:r>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বার্ষিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অভ্যন্তরীণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অনুমোদন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
-[...24 lines deleted...]
-        <w:t xml:space="preserve">                                            বাস্তবায়নের জন্য PAO এবং MDA নিরীক্ষা কমিটি বার্ষিক নিরীক্ষা পরিকল্পনা পর্যালোচনা পূর্বক অনুমোদন করবেন । </w:t>
+    <w:p w14:paraId="28FDBEF9" w14:textId="39F3AD8F" w:rsidR="00B467BC" w:rsidRDefault="003D05C3" w:rsidP="003D05C3">
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বাস্তবায়নের</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PAO </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>এবং</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MDA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>কমিটি</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>বার্ষিক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>নিরীক্ষা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পরিকল্পনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পর্যালোচনা</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>পূর্বক</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>অনুমোদন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>করবেন</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ।</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006938D6" w:rsidRPr="006938D6" w:rsidRDefault="006938D6" w:rsidP="006938D6">
-[...23 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840"/>
+    <w:sectPr w:rsidR="00B467BC" w:rsidSect="003D05C3">
+      <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Nirmala UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80FF8023" w:usb1="0200004A" w:usb2="00000200" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Shonar Bangla">
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00010003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-405763591"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="008D790F" w:rsidRDefault="006938D6">
+      <w:p w14:paraId="54562715" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRDefault="003D05C3">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:t xml:space="preserve">Page | </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>83</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="008D790F" w:rsidRDefault="006938D6">
+  <w:p w14:paraId="08262C32" w14:textId="77777777" w:rsidR="003D05C3" w:rsidRDefault="003D05C3">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004F4B15"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006938D6"/>
+    <w:rsidRoot w:val="003D05C3"/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rsid w:val="003D2C49"/>
+    <w:rsid w:val="00463337"/>
+    <w:rsid w:val="00B467BC"/>
     <w:rsid w:val="00C803CD"/>
     <w:rsid w:val="00D45368"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6717C73F"/>
+  <w14:docId w14:val="6C381FAE"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{A447BB77-88E5-4AED-BAFF-8D8FB88D3C81}"/>
+  <w15:docId w15:val="{86B88DCF-92BA-45E2-96FA-27037E8DCA83}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5770,206 +26028,704 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006938D6"/>
+    <w:rsid w:val="003D05C3"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006938D6"/>
+    <w:rsid w:val="003D05C3"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006938D6"/>
+    <w:rsid w:val="003D05C3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:line="278" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360" w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D05C3"/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:smallCaps/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006938D6"/>
+    <w:rsid w:val="003D05C3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="006938D6"/>
+    <w:rsid w:val="003D05C3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
-[...17 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006938D6"/>
+    <w:rsid w:val="003D05C3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006938D6"/>
+    <w:rsid w:val="003D05C3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -5978,118 +26734,152 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -6201,54 +26991,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1535</Words>
-  <Characters>8755</Characters>
+  <Words>1539</Words>
+  <Characters>8773</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
+  <Lines>73</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10270</CharactersWithSpaces>
+  <CharactersWithSpaces>10292</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hussain Ahamed Anik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>