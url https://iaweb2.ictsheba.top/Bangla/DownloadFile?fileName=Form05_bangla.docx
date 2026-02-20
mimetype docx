--- v0 (2025-12-12)
+++ v1 (2026-02-20)
@@ -1,4792 +1,4753 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="00FA3363">
+    <w:p w14:paraId="260DD127" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+        <w:t>MDA’র</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-        <w:t>MDA’র</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+        <w:t>নাম</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
-        <w:t>নাম</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>: …………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="00FA3363">
+    <w:p w14:paraId="7B1D8215" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>অভ্যন্তরীণ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>নিরীক্ষা</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>ইউনিট</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="00FA3363">
+    <w:p w14:paraId="36145352" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="0" w:firstLine="84"/>
+        <w:ind w:firstLine="84"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-          <w:sz w:val="22"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc144989363"/>
-[...5 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc144989363"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>ফর্ম</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> ৫: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>অভ্যন্তরীণ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>নিরীক্ষক</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>কর্তৃক</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>নিরীক্ষাযোগ্য</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>সংশ্লিষ্ট</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>ক্ষেত্র</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>ব্যাপক</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>ঝুঁকি</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Broad Risk) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t>পরিমাপ</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...4 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="bn-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>(বার্ষিক অভ্যন্তরীণ নিরীক্ষা পরিকল্পনার জন্য</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="00FA3363">
+    <w:p w14:paraId="44CD35A6" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3416" w:right="3494"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="00FA3363">
+    <w:p w14:paraId="0F8FF860" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="18"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4806" w:type="pct"/>
         <w:tblInd w:w="535" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1189"/>
-[...14 lines deleted...]
-        <w:gridCol w:w="606"/>
+        <w:gridCol w:w="1104"/>
+        <w:gridCol w:w="3521"/>
+        <w:gridCol w:w="2141"/>
+        <w:gridCol w:w="411"/>
+        <w:gridCol w:w="413"/>
+        <w:gridCol w:w="413"/>
+        <w:gridCol w:w="413"/>
+        <w:gridCol w:w="413"/>
+        <w:gridCol w:w="413"/>
+        <w:gridCol w:w="413"/>
+        <w:gridCol w:w="413"/>
+        <w:gridCol w:w="413"/>
+        <w:gridCol w:w="413"/>
+        <w:gridCol w:w="413"/>
+        <w:gridCol w:w="578"/>
+        <w:gridCol w:w="563"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidTr="003144A8">
+      <w:tr w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w14:paraId="2374F6B9" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="213830E7" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="189" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="91"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নং</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1414" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="03B8BFF9" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="189" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1562"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অফিস</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>প্রকল্পের</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নাম</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="61A973D2" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="189" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="416"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নিরীক্ষাযোগ্য</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>এলাকা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="pct"/>
             <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="3CCD1A41" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="36" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="697"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">১১ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>টি</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>উল্লেখযোগ্য</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>পয়েন্ট</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (১, ২, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>বা</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ৩) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>সম্পর্কিত</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>র‍্যাঙ্ক</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidTr="003144A8">
+      <w:tr w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w14:paraId="066EC124" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:p w14:paraId="5929D925" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1414" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:p w14:paraId="357C344A" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:p w14:paraId="78EEB82C" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="165" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="791C6026" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="21" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>১</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="50A18EDC" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="21" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>২</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="60F26DE7" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="21" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>৩</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="4F6F2AE8" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="21" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>৪</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="76CDE703" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="21" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>৫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="54244B09" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="21" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>৬</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="0F5F764F" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="21" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>৭</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="5C4A669A" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="21" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>৮</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="2D4EFABD" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="21" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>৯</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="49F5E180" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="21" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="100"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>১০</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="78D8D838" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="21" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="100"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>১১</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="232" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="31EBCBB0" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="21" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="69"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>মোট</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="227" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="3DF1F5C8" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="21" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="24"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>র‍্যাঙ্ক</w:t>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="2"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> *</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidTr="003144A8">
+      <w:tr w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w14:paraId="4A1795C3" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="61F4407E" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="234" w:lineRule="exact"/>
               <w:ind w:right="331"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>১</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1414" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="725B0760" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="2936D368" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="165" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="3758F50E" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="6ABDDD5F" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="10E263B3" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="581789DD" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="1A10DA33" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="138F941F" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="06322894" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="4D4B7BE6" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="63DD00FE" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="307BF354" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="1E32BC4D" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="232" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="1B6EA733" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="227" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="7F10FF1A" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidTr="003144A8">
+      <w:tr w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w14:paraId="2C1FB559" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="05D92380" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="234" w:lineRule="exact"/>
               <w:ind w:right="331"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>২</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1414" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="763387D0" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="31EE3E1C" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="165" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="1BD18247" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="4F7FA9EB" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="6FA68B30" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="6336A313" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="421B0CCF" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="22C7332C" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="4F02EDE2" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="3E6CDB35" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="71224D81" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="4C04321E" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="5803843C" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="232" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="19F4DBC0" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="227" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="619F0214" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidTr="003144A8">
+      <w:tr w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w14:paraId="25B2A4E4" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="577CE961" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="232" w:lineRule="exact"/>
               <w:ind w:right="331"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>৩</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1414" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="6E12041B" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="44345FCB" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="165" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="284BBC73" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="7C89491D" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="39C6C65C" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="19B495C2" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="3FE20141" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="5C56E2EB" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="0C4C3614" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="62C35589" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="7AB5526A" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="1927B10F" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="22C04C5D" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="232" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="463E634D" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="227" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="627460CE" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidTr="003144A8">
+      <w:tr w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w14:paraId="3E13FD2D" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="516C8170" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="234" w:lineRule="exact"/>
               <w:ind w:right="331"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>৪</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1414" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="4AAE91E2" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="261F7008" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="165" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="1F19B016" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="3784F2EA" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="0267DA52" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="652F3110" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="5E7A1246" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="0C1BE1A6" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="24AC4518" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="7FE36E80" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="53131AF6" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="1EFE2FF4" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="18825C4A" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="232" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="5C1B42A5" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="227" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="1CD8A3E3" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidTr="003144A8">
+      <w:tr w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w14:paraId="701386BA" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="1FE48CA7" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="232" w:lineRule="exact"/>
               <w:ind w:right="331"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>৫</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1414" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="1DF4AC53" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="4E83B4D5" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="165" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="2DBD3090" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="4DFCCE57" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="7684CB20" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="5F717D90" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="1FEAEFBB" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="12FB9A6D" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="595FF1A2" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="50C5A9DE" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="4A129791" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="464D816C" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="166" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="266AEDB8" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="232" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="6F2E6B61" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="227" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...7 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="62DA69A3" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="00FA3363">
+    <w:p w14:paraId="382478B8" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="00FA3363">
+    <w:p w14:paraId="6A37FB17" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="946"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>র‍্যাঙ্কিং</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>মোট</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>স্কোর</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ১১ </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk129703483"/>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk129703483"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>পর্যন্ত</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">= ১, ১২ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>থেকে</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ২২ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>পর্যন্ত</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> = ২ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>এবং</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ২৩ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>থেকে</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ৩৩ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>পর্যন্ত</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> = ৩ </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="00A88FCE" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="946"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DA17B45" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="946"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4774" w:type="pct"/>
-        <w:tblInd w:w="630" w:type="dxa"/>
+        <w:tblW w:w="4679" w:type="pct"/>
+        <w:tblInd w:w="899" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3294"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4479"/>
+        <w:gridCol w:w="3488"/>
+        <w:gridCol w:w="4322"/>
+        <w:gridCol w:w="4318"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidTr="003144A8">
+      <w:tr w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w14:paraId="6AE53E44" w14:textId="77777777" w:rsidTr="004460D5">
         <w:trPr>
-          <w:trHeight w:val="249"/>
+          <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1236" w:type="pct"/>
-[...46 lines deleted...]
-              <w:ind w:left="50"/>
+            <w:tcW w:w="1438" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1702F111" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...27 lines deleted...]
-              <w:t>জমাদানকারীর</w:t>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+              <w:t>প্রস্তুতকারীর</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নাম</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ও </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>তারিখ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-        </w:tc>
-[...10 lines deleted...]
-              <w:ind w:left="974"/>
+          <w:p w14:paraId="66E6E6CD" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...11 lines deleted...]
-              <w:ind w:left="974"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+              <w:t>(নিরীক্ষক)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1782" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43312735" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="980"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...54 lines deleted...]
-              <w:t xml:space="preserve">                  </w:t>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+              <w:t>যাচাই</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...5 lines deleted...]
-              <w:t>সুপারিশকারীর</w:t>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>কারীর</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নাম</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ও </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>তারিখ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
-[...43 lines deleted...]
-          <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="003144A8">
+          <w:p w14:paraId="4FB9E2D6" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="980"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+              <w:t>সহ/উপ পরিচালক</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="294009A1" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="231" w:lineRule="exact"/>
+              <w:ind w:left="875"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...8 lines deleted...]
-              <w:widowControl w:val="0"/>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18BE2FD2" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:autoSpaceDE w:val="0"/>
-              <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="874"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Arial MT" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>অনুমোদনকারীর</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>নাম</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ও </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>তারিখ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
+          <w:p w14:paraId="533D45F5" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB10D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:cs/>
+                <w:lang w:bidi="bn-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">প্রধান, অভ্যন্তরীণ নিরীক্ষা ইউনিট /প্রধান নিরীক্ষা নির্বাহী </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70B1AA75" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="004460D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="231" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Arial MT" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="00FA3363">
+    <w:p w14:paraId="7792A8F7" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
+          <w:cs/>
+          <w:lang w:bidi="bn-IN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="00FA3363">
+    <w:p w14:paraId="50690C15" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="660"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk127280654"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk127280654"/>
     </w:p>
-    <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="00FA3363">
+    <w:p w14:paraId="6901614F" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="660"/>
         <w:rPr>
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>নোট</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:eastAsia="Times New Roman" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:eastAsia="Times New Roman" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="00FA3363">
+    <w:p w14:paraId="74FF122D" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1890"/>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
-        <w:spacing w:line="237" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="237" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>পরিচালক</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, IAU </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>উল্লিখিত</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ১১টি </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>পয়েন্ট</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>বিবেচনায়</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>নিয়ে</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>সামগ্রীক</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>কার্যক্রম</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>পরিচালনায়</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>নেতৃত্ব</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>দিবেন</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="00FA3363">
+    <w:p w14:paraId="78693990" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
-        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="237" w:lineRule="auto"/>
         <w:ind w:hanging="765"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>প্রাতিষ্ঠানিক</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ধারণা</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>এবং</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>আলোচনার</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>সুবিধার্থে</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>নিরীক্ষা</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ব্যবস্থাপক</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>এবং</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>নিরীক্ষকগণ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>এই</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>প্রক্রিয়ায়</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>সক্রিয়ভাবে</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>অবদান</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>রাখবেন</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>এবং</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ফর্ম</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Nirmala UI" w:hAnsi="Nirmala UI" w:cs="Nirmala UI"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ১</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>হালনাগাদ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>করবেন</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="00FA3363">
+    <w:p w14:paraId="77D234D5" w14:textId="77777777" w:rsidR="001B3C93" w:rsidRPr="00AB10D1" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
-        <w:spacing w:line="237" w:lineRule="auto"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="237" w:lineRule="auto"/>
         <w:ind w:hanging="390"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>উল্লিখিত</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ১১টি </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>পয়েন্ট</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>বৃহ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ৎ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ঝুঁকির</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>সাথে</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>সম্পর্কিত</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> । </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ঝুঁকিসমূহ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>গভর্নেন্স</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ঝুঁকি</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ব্যবস্থাপনা</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>এবং</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MDA’র</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>অভ্যন্তরীণ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>নিয়ন্ত্রণ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ব্যবস্থার</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>উপর</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>নির্ভরশীল</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00FA3363" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363" w:rsidP="00FA3363">
-[...25 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w14:paraId="34012DAB" w14:textId="5641C265" w:rsidR="00B467BC" w:rsidRDefault="001B3C93" w:rsidP="001B3C93">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>MDA’র</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>সাফল্য</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>অর্জনে</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>কার্যকর</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>গভর্নেন্স</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>ঝুঁকি</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>ব্যবস্থাপনা</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>এবং</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>অভ্যন্তরীণ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>নিয়ন্ত্রণে</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>খুবই</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA3363">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
-        <w:t>গুরুত্বপূর্ণ ।</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>গুরুত্বপূর্ণ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB10D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Shonar Bangla" w:hAnsi="Shonar Bangla" w:cs="Shonar Bangla"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ।</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00402112" w:rsidRPr="00FA3363" w:rsidRDefault="00FA3363">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00402112" w:rsidRPr="00FA3363" w:rsidSect="00FA3363">
+    <w:sectPr w:rsidR="00B467BC" w:rsidSect="001B3C93">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Nirmala UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80FF8023" w:usb1="0200004A" w:usb2="00000200" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Shonar Bangla">
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00010003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...57 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01722A9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83164C1A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1350" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5082,129 +5043,134 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="295112427">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2137406993">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="396705618">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F12168"/>
+    <w:rsidRoot w:val="001B3C93"/>
+    <w:rsid w:val="001B3C93"/>
+    <w:rsid w:val="003D2C49"/>
+    <w:rsid w:val="00463337"/>
+    <w:rsid w:val="00B467BC"/>
     <w:rsid w:val="00C803CD"/>
     <w:rsid w:val="00D45368"/>
-    <w:rsid w:val="00F12168"/>
-    <w:rsid w:val="00FA3363"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="70DE4701"/>
+  <w14:docId w14:val="10E19AB4"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{C636D815-508B-4530-9732-80D19DF8A1F9}"/>
+  <w15:docId w15:val="{D8F5DBC8-33E1-49A7-BA23-A86EBC50A83F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5227,51 +5193,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5532,326 +5498,743 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA3363"/>
+    <w:rsid w:val="001B3C93"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="001B3C93"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FA3363"/>
+    <w:rsid w:val="001B3C93"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001B3C93"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001B3C93"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001B3C93"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001B3C93"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001B3C93"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001B3C93"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001B3C93"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001B3C93"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00FA3363"/>
+    <w:rsid w:val="001B3C93"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001B3C93"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001B3C93"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001B3C93"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001B3C93"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001B3C93"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001B3C93"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001B3C93"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
-    <w:uiPriority w:val="1"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA3363"/>
+    <w:rsid w:val="001B3C93"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...2 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-    <w:name w:val="Body Text Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BodyText"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FA3363"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001B3C93"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="001B3C93"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="001B3C93"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="001B3C93"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="001B3C93"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA3363"/>
+    <w:rsid w:val="001B3C93"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-      <w:ind w:left="1296" w:hanging="361"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="001B3C93"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="001B3C93"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-[...15 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="001B3C93"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-    <w:name w:val="Footer Char"/>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Footer"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FA3363"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="001B3C93"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -5962,55 +6345,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>918</Characters>
+  <Pages>1</Pages>
+  <Words>175</Words>
+  <Characters>1004</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1076</CharactersWithSpaces>
+  <CharactersWithSpaces>1177</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hussain Ahamed Anik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>